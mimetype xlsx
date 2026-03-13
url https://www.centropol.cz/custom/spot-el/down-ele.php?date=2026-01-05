--- v0 (2026-01-24)
+++ v1 (2026-03-13)
@@ -174,304 +174,304 @@
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Hodina</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Cena v Kč/MWh</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
         <is>
           <t>Množství MWh</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="n">
-        <v>2691.69</v>
+        <v>2705.11</v>
       </c>
       <c r="C2" s="2" t="n">
         <v>2428.6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>2</v>
       </c>
       <c r="B3" s="2" t="n">
-        <v>2602.5</v>
+        <v>2615.39</v>
       </c>
       <c r="C3" s="2" t="n">
         <v>2394.4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>3</v>
       </c>
       <c r="B4" s="2" t="n">
-        <v>2545.95</v>
+        <v>2558.49</v>
       </c>
       <c r="C4" s="2" t="n">
         <v>2548.62</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>4</v>
       </c>
       <c r="B5" s="2" t="n">
-        <v>2541.11</v>
+        <v>2553.63</v>
       </c>
       <c r="C5" s="2" t="n">
         <v>2865.1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>5</v>
       </c>
       <c r="B6" s="2" t="n">
-        <v>2569.88</v>
+        <v>2582.56</v>
       </c>
       <c r="C6" s="2" t="n">
         <v>3182.68</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>6</v>
       </c>
       <c r="B7" s="2" t="n">
-        <v>2651.09</v>
+        <v>2664.26</v>
       </c>
       <c r="C7" s="2" t="n">
         <v>3859.35</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>7</v>
       </c>
       <c r="B8" s="2" t="n">
-        <v>3090.01</v>
+        <v>3105.82</v>
       </c>
       <c r="C8" s="2" t="n">
         <v>4181.05</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="n">
-        <v>3580.42</v>
+        <v>3599.17</v>
       </c>
       <c r="C9" s="2" t="n">
         <v>4143.27</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
         <v>9</v>
       </c>
       <c r="B10" s="2" t="n">
-        <v>4109.02</v>
+        <v>4130.94</v>
       </c>
       <c r="C10" s="2" t="n">
         <v>4493.17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>10</v>
       </c>
       <c r="B11" s="2" t="n">
-        <v>4132.47</v>
+        <v>4154.53</v>
       </c>
       <c r="C11" s="2" t="n">
         <v>4606.58</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
         <v>11</v>
       </c>
       <c r="B12" s="2" t="n">
-        <v>3986</v>
+        <v>4007.18</v>
       </c>
       <c r="C12" s="2" t="n">
         <v>4688.45</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>12</v>
       </c>
       <c r="B13" s="2" t="n">
-        <v>3767.98</v>
+        <v>3787.86</v>
       </c>
       <c r="C13" s="2" t="n">
         <v>4749.38</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
         <v>13</v>
       </c>
       <c r="B14" s="2" t="n">
-        <v>3717.71</v>
+        <v>3737.28</v>
       </c>
       <c r="C14" s="2" t="n">
         <v>4802.83</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
         <v>14</v>
       </c>
       <c r="B15" s="2" t="n">
-        <v>3853.06</v>
+        <v>3873.45</v>
       </c>
       <c r="C15" s="2" t="n">
         <v>4669.23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>15</v>
       </c>
       <c r="B16" s="2" t="n">
-        <v>4437.01</v>
+        <v>4460.9</v>
       </c>
       <c r="C16" s="2" t="n">
         <v>4762.6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>16</v>
       </c>
       <c r="B17" s="2" t="n">
-        <v>4765.48</v>
+        <v>4791.34</v>
       </c>
       <c r="C17" s="2" t="n">
         <v>4626.12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
         <v>17</v>
       </c>
       <c r="B18" s="2" t="n">
-        <v>5280.06</v>
+        <v>5309</v>
       </c>
       <c r="C18" s="2" t="n">
         <v>4676.7</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
         <v>18</v>
       </c>
       <c r="B19" s="2" t="n">
-        <v>5872.22</v>
+        <v>5904.72</v>
       </c>
       <c r="C19" s="2" t="n">
         <v>4696.95</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
         <v>19</v>
       </c>
       <c r="B20" s="2" t="n">
-        <v>5617.47</v>
+        <v>5648.44</v>
       </c>
       <c r="C20" s="2" t="n">
         <v>4689.67</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>20</v>
       </c>
       <c r="B21" s="2" t="n">
-        <v>4873.28</v>
+        <v>4899.78</v>
       </c>
       <c r="C21" s="2" t="n">
         <v>4621.88</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
         <v>21</v>
       </c>
       <c r="B22" s="2" t="n">
-        <v>4008.72</v>
+        <v>4030.03</v>
       </c>
       <c r="C22" s="2" t="n">
         <v>4495.27</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
         <v>22</v>
       </c>
       <c r="B23" s="2" t="n">
-        <v>3575.35</v>
+        <v>3594.07</v>
       </c>
       <c r="C23" s="2" t="n">
         <v>4486.73</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
         <v>23</v>
       </c>
       <c r="B24" s="2" t="n">
-        <v>3448.45</v>
+        <v>3466.41</v>
       </c>
       <c r="C24" s="2" t="n">
         <v>4414.65</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
         <v>24</v>
       </c>
       <c r="B25" s="2" t="n">
-        <v>3145.12</v>
+        <v>3161.26</v>
       </c>
       <c r="C25" s="2" t="n">
         <v>4071.27</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
           <t>Ceny jsou uvedeny se započtenou marží. Převod částek z EUR dle aktuálního kurzovního lístku ČNB. Uvedené částky jsou bez DPH.</t>
         </is>
       </c>
       <c r="B27" s="0"/>
       <c r="C27" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>