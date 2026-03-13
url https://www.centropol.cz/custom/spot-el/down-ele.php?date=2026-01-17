--- v0 (2026-01-23)
+++ v1 (2026-03-13)
@@ -174,304 +174,304 @@
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Hodina</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Cena v Kč/MWh</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
         <is>
           <t>Množství MWh</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="n">
-        <v>3094.78</v>
+        <v>3098.04</v>
       </c>
       <c r="C2" s="2" t="n">
         <v>4283.12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>2</v>
       </c>
       <c r="B3" s="2" t="n">
-        <v>2938.63</v>
+        <v>2941.7</v>
       </c>
       <c r="C3" s="2" t="n">
         <v>4158.35</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>3</v>
       </c>
       <c r="B4" s="2" t="n">
-        <v>2892.73</v>
+        <v>2895.74</v>
       </c>
       <c r="C4" s="2" t="n">
         <v>4190.77</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>4</v>
       </c>
       <c r="B5" s="2" t="n">
-        <v>2815.74</v>
+        <v>2818.66</v>
       </c>
       <c r="C5" s="2" t="n">
         <v>4214.05</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>5</v>
       </c>
       <c r="B6" s="2" t="n">
-        <v>2854.36</v>
+        <v>2857.32</v>
       </c>
       <c r="C6" s="2" t="n">
         <v>4185.62</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>6</v>
       </c>
       <c r="B7" s="2" t="n">
-        <v>2897.1</v>
+        <v>2900.12</v>
       </c>
       <c r="C7" s="2" t="n">
         <v>4155.88</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>7</v>
       </c>
       <c r="B8" s="2" t="n">
-        <v>2980.64</v>
+        <v>2983.76</v>
       </c>
       <c r="C8" s="2" t="n">
         <v>4337.88</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="n">
-        <v>3086.77</v>
+        <v>3090.02</v>
       </c>
       <c r="C9" s="2" t="n">
         <v>4048.4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
         <v>9</v>
       </c>
       <c r="B10" s="2" t="n">
-        <v>3210.86</v>
+        <v>3214.27</v>
       </c>
       <c r="C10" s="2" t="n">
         <v>3934.43</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>10</v>
       </c>
       <c r="B11" s="2" t="n">
-        <v>3374.06</v>
+        <v>3377.66</v>
       </c>
       <c r="C11" s="2" t="n">
         <v>3768.15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
         <v>11</v>
       </c>
       <c r="B12" s="2" t="n">
-        <v>3325.24</v>
+        <v>3328.79</v>
       </c>
       <c r="C12" s="2" t="n">
         <v>3592.73</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>12</v>
       </c>
       <c r="B13" s="2" t="n">
-        <v>3269.63</v>
+        <v>3273.11</v>
       </c>
       <c r="C13" s="2" t="n">
         <v>3529.68</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
         <v>13</v>
       </c>
       <c r="B14" s="2" t="n">
-        <v>3239.76</v>
+        <v>3243.2</v>
       </c>
       <c r="C14" s="2" t="n">
         <v>3583.1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
         <v>14</v>
       </c>
       <c r="B15" s="2" t="n">
-        <v>3169.33</v>
+        <v>3172.69</v>
       </c>
       <c r="C15" s="2" t="n">
         <v>3610.35</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>15</v>
       </c>
       <c r="B16" s="2" t="n">
-        <v>3253.12</v>
+        <v>3256.57</v>
       </c>
       <c r="C16" s="2" t="n">
         <v>3644.85</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>16</v>
       </c>
       <c r="B17" s="2" t="n">
-        <v>3439.87</v>
+        <v>3443.56</v>
       </c>
       <c r="C17" s="2" t="n">
         <v>3665.85</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
         <v>17</v>
       </c>
       <c r="B18" s="2" t="n">
-        <v>3769.66</v>
+        <v>3773.75</v>
       </c>
       <c r="C18" s="2" t="n">
         <v>3723.75</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
         <v>18</v>
       </c>
       <c r="B19" s="2" t="n">
-        <v>3881.37</v>
+        <v>3885.6</v>
       </c>
       <c r="C19" s="2" t="n">
         <v>3736.55</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
         <v>19</v>
       </c>
       <c r="B20" s="2" t="n">
-        <v>3924.11</v>
+        <v>3928.4</v>
       </c>
       <c r="C20" s="2" t="n">
         <v>3803.85</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>20</v>
       </c>
       <c r="B21" s="2" t="n">
-        <v>3820.66</v>
+        <v>3824.82</v>
       </c>
       <c r="C21" s="2" t="n">
         <v>3932.77</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
         <v>21</v>
       </c>
       <c r="B22" s="2" t="n">
-        <v>3446.67</v>
+        <v>3450.36</v>
       </c>
       <c r="C22" s="2" t="n">
         <v>3930.15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
         <v>22</v>
       </c>
       <c r="B23" s="2" t="n">
-        <v>3178.81</v>
+        <v>3182.17</v>
       </c>
       <c r="C23" s="2" t="n">
         <v>4073.9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
         <v>23</v>
       </c>
       <c r="B24" s="2" t="n">
-        <v>3194.59</v>
+        <v>3197.98</v>
       </c>
       <c r="C24" s="2" t="n">
         <v>3807.05</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
         <v>24</v>
       </c>
       <c r="B25" s="2" t="n">
-        <v>3053.98</v>
+        <v>3057.19</v>
       </c>
       <c r="C25" s="2" t="n">
         <v>3296.62</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
           <t>Ceny jsou uvedeny se započtenou marží. Převod částek z EUR dle aktuálního kurzovního lístku ČNB. Uvedené částky jsou bez DPH.</t>
         </is>
       </c>
       <c r="B27" s="0"/>
       <c r="C27" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>