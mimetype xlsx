--- v0 (2025-10-24)
+++ v1 (2026-02-15)
@@ -174,384 +174,384 @@
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Datum</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Cena v Kč/MWh</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
         <is>
           <t>Množství MWh</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>45931</v>
       </c>
       <c r="B2" s="2" t="n">
-        <v>1202.78</v>
+        <v>1204.91</v>
       </c>
       <c r="C2" s="2" t="n">
         <v>13448.4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>45932</v>
       </c>
       <c r="B3" s="2" t="n">
-        <v>1199.13</v>
+        <v>1201.25</v>
       </c>
       <c r="C3" s="2" t="n">
         <v>16355.2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>45933</v>
       </c>
       <c r="B4" s="2" t="n">
-        <v>1205.21</v>
+        <v>1207.35</v>
       </c>
       <c r="C4" s="2" t="n">
         <v>10161.1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>45934</v>
       </c>
       <c r="B5" s="2" t="n">
-        <v>1218.34</v>
+        <v>1220.51</v>
       </c>
       <c r="C5" s="2" t="n">
         <v>5723.8</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>45935</v>
       </c>
       <c r="B6" s="2" t="n">
-        <v>1240.71</v>
+        <v>1242.94</v>
       </c>
       <c r="C6" s="2" t="n">
         <v>6277</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>45936</v>
       </c>
       <c r="B7" s="2" t="n">
-        <v>1243.87</v>
+        <v>1246.11</v>
       </c>
       <c r="C7" s="2" t="n">
         <v>8428</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>45937</v>
       </c>
       <c r="B8" s="2" t="n">
-        <v>1253.59</v>
+        <v>1255.86</v>
       </c>
       <c r="C8" s="2" t="n">
         <v>11927</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>45938</v>
       </c>
       <c r="B9" s="2" t="n">
-        <v>1251.65</v>
+        <v>1253.91</v>
       </c>
       <c r="C9" s="2" t="n">
         <v>9572.8</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
         <v>45939</v>
       </c>
       <c r="B10" s="2" t="n">
-        <v>1239.49</v>
+        <v>1241.72</v>
       </c>
       <c r="C10" s="2" t="n">
         <v>8534.8</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>45940</v>
       </c>
       <c r="B11" s="2" t="n">
-        <v>1229.04</v>
+        <v>1231.24</v>
       </c>
       <c r="C11" s="2" t="n">
         <v>8356.1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
         <v>45941</v>
       </c>
       <c r="B12" s="2" t="n">
-        <v>1225.14</v>
+        <v>1227.34</v>
       </c>
       <c r="C12" s="2" t="n">
         <v>6346.2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>45942</v>
       </c>
       <c r="B13" s="2" t="n">
-        <v>1222.47</v>
+        <v>1224.66</v>
       </c>
       <c r="C13" s="2" t="n">
         <v>8369.3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
         <v>45943</v>
       </c>
       <c r="B14" s="2" t="n">
-        <v>1229.52</v>
+        <v>1231.73</v>
       </c>
       <c r="C14" s="2" t="n">
         <v>11404.2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
         <v>45944</v>
       </c>
       <c r="B15" s="2" t="n">
-        <v>1226.12</v>
+        <v>1228.31</v>
       </c>
       <c r="C15" s="2" t="n">
         <v>9418.4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>45945</v>
       </c>
       <c r="B16" s="2" t="n">
-        <v>1224.42</v>
+        <v>1226.61</v>
       </c>
       <c r="C16" s="2" t="n">
         <v>11740.6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>45946</v>
       </c>
       <c r="B17" s="2" t="n">
-        <v>1232.2</v>
+        <v>1234.41</v>
       </c>
       <c r="C17" s="2" t="n">
         <v>11047.4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
         <v>45947</v>
       </c>
       <c r="B18" s="2" t="n">
-        <v>1234.38</v>
+        <v>1236.6</v>
       </c>
       <c r="C18" s="2" t="n">
         <v>8443</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
         <v>45948</v>
       </c>
       <c r="B19" s="2" t="n">
-        <v>1232.93</v>
+        <v>1235.14</v>
       </c>
       <c r="C19" s="2" t="n">
         <v>8393.2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
         <v>45949</v>
       </c>
       <c r="B20" s="2" t="n">
-        <v>1230.01</v>
+        <v>1232.21</v>
       </c>
       <c r="C20" s="2" t="n">
         <v>7936.5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>45950</v>
       </c>
       <c r="B21" s="2" t="n">
-        <v>1233.66</v>
+        <v>1235.87</v>
       </c>
       <c r="C21" s="2" t="n">
         <v>11370.5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
         <v>45951</v>
       </c>
       <c r="B22" s="2" t="n">
-        <v>1233.41</v>
+        <v>1235.63</v>
       </c>
       <c r="C22" s="2" t="n">
         <v>16026.4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
         <v>45952</v>
       </c>
       <c r="B23" s="2" t="n">
-        <v>1232.93</v>
+        <v>1235.14</v>
       </c>
       <c r="C23" s="2" t="n">
         <v>8453.4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
         <v>45953</v>
       </c>
       <c r="B24" s="2" t="n">
-        <v>1239.25</v>
+        <v>1241.48</v>
       </c>
       <c r="C24" s="2" t="n">
         <v>11575.8</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
         <v>45954</v>
       </c>
       <c r="B25" s="2" t="n">
-        <v>1241.44</v>
+        <v>1241.48</v>
       </c>
       <c r="C25" s="2" t="n">
-        <v>5347.2</v>
+        <v>9819.8</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
         <v>45955</v>
       </c>
       <c r="B26" s="2" t="n">
-        <v>0</v>
+        <v>1238.31</v>
       </c>
       <c r="C26" s="2" t="n">
-        <v>0</v>
+        <v>7560.8</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
         <v>45956</v>
       </c>
       <c r="B27" s="2" t="n">
-        <v>0</v>
+        <v>1248.55</v>
       </c>
       <c r="C27" s="2" t="n">
-        <v>0</v>
+        <v>5507</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
         <v>45957</v>
       </c>
       <c r="B28" s="2" t="n">
-        <v>0</v>
+        <v>1227.58</v>
       </c>
       <c r="C28" s="2" t="n">
-        <v>0</v>
+        <v>16020.4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
         <v>45958</v>
       </c>
       <c r="B29" s="2" t="n">
-        <v>0</v>
+        <v>1225.39</v>
       </c>
       <c r="C29" s="2" t="n">
-        <v>0</v>
+        <v>9050.4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
         <v>45959</v>
       </c>
       <c r="B30" s="2" t="n">
-        <v>0</v>
+        <v>1230.75</v>
       </c>
       <c r="C30" s="2" t="n">
-        <v>0</v>
+        <v>12337.9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
         <v>45960</v>
       </c>
       <c r="B31" s="2" t="n">
-        <v>0</v>
+        <v>1229.53</v>
       </c>
       <c r="C31" s="2" t="n">
-        <v>0</v>
+        <v>9683.2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
         <v>45961</v>
       </c>
       <c r="B32" s="2" t="n">
-        <v>0</v>
+        <v>1223.63</v>
       </c>
       <c r="C32" s="2" t="n">
-        <v>0</v>
+        <v>4695</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="4" t="inlineStr">
         <is>
           <t>Ceny jsou uvedeny se započtenou marží. Převod částek z EUR dle aktuálního kurzovního lístku ČNB. Uvedené částky jsou bez DPH.</t>
         </is>
       </c>
       <c r="B34" s="0"/>
       <c r="C34" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 